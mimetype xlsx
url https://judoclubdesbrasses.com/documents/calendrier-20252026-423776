--- v0 (2025-10-28)
+++ v1 (2026-01-12)
@@ -3,86 +3,86 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\SAISON 2025-2026\DOCUMENTS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3B0BC90D-C5C3-4A6F-8F40-7D2FCA7A2A8F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D65BDBB3-0FAF-4695-8474-693F96245055}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId2"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Feuil1!$A$15:$G$191</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Feuil1!$A$15:$G$192</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="722" uniqueCount="238">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="727" uniqueCount="243">
   <si>
     <t>DATES</t>
   </si>
   <si>
     <t>LIEUX</t>
   </si>
   <si>
     <t>RUMILLY (74)</t>
   </si>
   <si>
     <t>LA ROCHE S/ FORON (74)</t>
   </si>
   <si>
     <t>ANDREZIEUX-BOUTHEON (42)</t>
   </si>
   <si>
     <t>CEYRAT (63)</t>
   </si>
   <si>
     <t>ROMANS-SUR-ISERE (26)</t>
   </si>
   <si>
     <t>LA-ROCHE-S/-FORON (74)</t>
   </si>
   <si>
@@ -500,1098 +500,1123 @@
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>EXCELLENCE</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> - Le 05 &amp; 06/10 </t>
     </r>
   </si>
   <si>
     <t>PRIVAS (07)</t>
   </si>
   <si>
     <t>LE LUC (83)</t>
   </si>
   <si>
+    <t>YVELYNES</t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">TOURNOI </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
+      <t>SUPER EXCELLENCE</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> -Le 14 &amp; 15/12</t>
+    </r>
+  </si>
+  <si>
+    <t>AMIENS</t>
+  </si>
+  <si>
+    <t>ST GRATIEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NANTES </t>
+  </si>
+  <si>
+    <t>ISTRES OU ST RAPHAEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LIMOGES </t>
+  </si>
+  <si>
+    <t>NANTES</t>
+  </si>
+  <si>
+    <t>PARIS</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">TOURNOI </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>SUPER EXCELLENCE</t>
+    </r>
+  </si>
+  <si>
+    <t>MAUBEUGE</t>
+  </si>
+  <si>
+    <t>CIRCUIT REGIONAL N°1</t>
+  </si>
+  <si>
+    <t>VILLEBON SUR YVETTE (91)</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">TESTS ENTREE PÔLE AURA </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Du 22 au 25/04 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFFF9900"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>DOJO DE PARIS</t>
+  </si>
+  <si>
+    <t>NOGENT SUR OISE HDF</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">CHPT DE FRANCE PAR EQUIPES DE CLUBS 2 DIV  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Sur Sélection)</t>
+    </r>
+  </si>
+  <si>
+    <t>?</t>
+  </si>
+  <si>
+    <t>MASTER LABEL A 23 &amp; 24/11</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">CHPT INTER-DEPART BENJ </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ALPINS (38/73/74) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Sur Sélection)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">CHPT INTER-DEPART PAR EQUIPES MINIME DE CLUBS </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ALPINS (38/73/74)</t>
+    </r>
+  </si>
+  <si>
+    <t>CHPT INTERDEPARTEMENTAL 1DIV</t>
+  </si>
+  <si>
+    <t>BONNEVILLE (74)</t>
+  </si>
+  <si>
+    <t>BONNEVILLE (74</t>
+  </si>
+  <si>
+    <t>TOURNOI DE VIUZ EN SALLAZ</t>
+  </si>
+  <si>
+    <t>VIUZ EN SALLAZ (74)</t>
+  </si>
+  <si>
+    <t>CRUSEILLES (74)</t>
+  </si>
+  <si>
+    <t>FRANGY (74)</t>
+  </si>
+  <si>
+    <t>TOURNOI DES PETITS SCARABEES  (EVEILS / MINI-POUSSINS / POUSSINS)</t>
+  </si>
+  <si>
+    <t>TROPHEE DES PAYS DE SAVOIE (BENJAMINS)</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">(AURA) STAGE CADETS-JUNIORS PÔLES </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">-  (Sur Sélection) </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">FORMATION PARA JUDO </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">- </t>
+    </r>
+  </si>
+  <si>
+    <t>Préparation aux grades pour les 4ème, 5ème , 6ème et 7ème dan</t>
+  </si>
+  <si>
+    <t>(01) LAGNIEU</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PORTES LES VALENCE (26) </t>
+  </si>
+  <si>
+    <t>SAINT POURCAIN (03)</t>
+  </si>
+  <si>
+    <t>ST JEAN D’AULPS (74)</t>
+  </si>
+  <si>
+    <t>THYEZ (74)</t>
+  </si>
+  <si>
+    <t>MINI COUPE JUDOLYMPIQUE</t>
+  </si>
+  <si>
+    <t>TOURNOI NE WAZA / JUJITSU BRESILIEN</t>
+  </si>
+  <si>
+    <t>MAGLAND (74)</t>
+  </si>
+  <si>
+    <t>CHPT DEPARTEMENTAL MINIME /  + COUPE DU JEUNE ARBITRE CADET</t>
+  </si>
+  <si>
+    <t>COUPE DU JEUNE ARBITRE ET CS MINIME</t>
+  </si>
+  <si>
+    <t>CHPT DEPART BENJAMIN  (74)</t>
+  </si>
+  <si>
+    <t>COUPE DU JEUNE ARBITRE ET CS CADET</t>
+  </si>
+  <si>
+    <t>COUPE DU JEUNE ARBITRE ET CS JUN</t>
+  </si>
+  <si>
+    <t>GRESY SUR AIX (73)</t>
+  </si>
+  <si>
+    <t>TOURNOI DE RUMILLY MINI POUSSINS / POUSSINS</t>
+  </si>
+  <si>
+    <t>LA MEGA COMPET MINI POUSSINS / POUSSINS</t>
+  </si>
+  <si>
+    <t>TOURNOI DE MAGLAND MINI POUSSINS / POUSSINS BENJAMINS</t>
+  </si>
+  <si>
+    <t>TOURNOI DE CRUSEILLES MINI POUSSINS / POUSSINS</t>
+  </si>
+  <si>
+    <t>TOURNOI DE FRANGY MINI POUSSINS / POUSSINS</t>
+  </si>
+  <si>
+    <t>TOURNOI LEO TENAUD JC PORTES DU SOLEIL MINI POUSSINS / POUSSINS</t>
+  </si>
+  <si>
+    <t>KAGAMI BIRAKI</t>
+  </si>
+  <si>
+    <t>VALLEIRY (74)</t>
+  </si>
+  <si>
+    <t>VOIRON / CEYRAT</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">STAGE AURA COMMISSION ARBITRAGE </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>27/28 SEPT</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="2" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CPS N°1 –  MINIMES à SENIORS</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF7030A0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>20h à 22H</t>
+    </r>
+  </si>
+  <si>
+    <t>VISIO COORDO ETR 10H30</t>
+  </si>
+  <si>
+    <t>ETR</t>
+  </si>
+  <si>
+    <t>CORG PREPA HAUTS GRADES 1</t>
+  </si>
+  <si>
+    <t>PARA JUDO</t>
+  </si>
+  <si>
+    <t>TDF PARA JUDO</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="2" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CPS N°2 –  MINIMES à SENIORS -</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 20h à 22H</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="2" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CPS N°3 –  MINIMES à SENIORS -</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF7030A0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>20h à 22H</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="2" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">CPS N°4 –  MINIMES à SENIORS - </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>20h à 22H</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="2" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CPS N°5 –  MINIMES à SENIORS -</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF7030A0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>20h à 22H</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="2" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CPS N°6 –  MINIMES à SENIORS -</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF7030A0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>20h à 22H</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="2" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CPS N°7 –  MINIMES à SENIORS -</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF7030A0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>20h à 22H</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="2" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CPS N°8 –  MINIMES à SENIORS -</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF7030A0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>20h à 22H</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="2" tint="-0.499984740745262"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">CPS N°9 –  MINIMES à SENIORS - </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>20h à 22H</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">STAGE DEPARTEMENTAL - </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Du 27 au 29/10   </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">STAGE CADET </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Du 29 au 31/10</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">STAGE REGIONAL - </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Du 22 au 24/10   (Sur Sélection)</t>
+    </r>
+  </si>
+  <si>
+    <t>CIRCUIT DEPARTEMENTAL BENJAMIN(E)S N°2</t>
+  </si>
+  <si>
+    <t>CIRCUIT DEPARTEMENTAL BENJAMIN(E)S N°1</t>
+  </si>
+  <si>
+    <t>CIRCUIT REGIONAL MINIMES</t>
+  </si>
+  <si>
+    <t>CIRCUIT DEPARTEMENTAL BENJAMIN(E)S N°3</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">SNR / ENSEIGNEANTS &amp; DIRIGEANTS </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>20/21 SEPT</t>
+    </r>
+  </si>
+  <si>
+    <t>VIUZ (74)</t>
+  </si>
+  <si>
+    <t>TOURNOI REGIONAL CADET(E)S AURA</t>
+  </si>
+  <si>
+    <t>INTERDEP CADET</t>
+  </si>
+  <si>
+    <t>TOURNOI BENJAMINS</t>
+  </si>
+  <si>
+    <t>TOURNOI JUNIOR</t>
+  </si>
+  <si>
+    <t>TOURNOI CADET</t>
+  </si>
+  <si>
+    <t>(42) ST CHAMOND</t>
+  </si>
+  <si>
+    <t>CHPT REGIONAL AURA JUNIOR</t>
+  </si>
+  <si>
+    <r>
+      <t>CHPT DE FRANCE 1ER DIVISION</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - Le 07 &amp; 08/03 (Sur Sélection)</t>
+    </r>
+  </si>
+  <si>
+    <t>CHPT BI-DEPARTEMENTAL CAD 2 DIV</t>
+  </si>
+  <si>
+    <t>CHPT REGIONAL AURA 2DIV ET 3DIV CADET</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">CHPT REGIONAL AURA 2DIV ET 3DIV </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Sur Sélection)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">COUPE DE FRANCE PAR EQ DE DEPARTEMENTS </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Le 09 &amp; 10/5  (Sur Sélection)</t>
+    </r>
+  </si>
+  <si>
+    <t>CHPT REGIONAL AURA EQUIPE MIXTE 2DIV</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">CHPT DE FRANCE PAR EQUIPE MIXT 2DIV </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Sur Sélection)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">CHPT DE FRANCE 2DIV ET 3DIV </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Sur Sélection)</t>
+    </r>
+  </si>
+  <si>
+    <t>CHPT AURA PAR EQUIPE DE CLUBS 1DIV GENREE M&amp;F</t>
+  </si>
+  <si>
+    <t>CHPT DE FRANCE PAR EQUIPE DE CLUB GENREE M&amp;F</t>
+  </si>
+  <si>
+    <t>CHPT DE FRANCE SENIOR INDIV 1DIV 13 ET 14 DECMBRE</t>
+  </si>
+  <si>
+    <t>GRAND SLAM PARIS</t>
+  </si>
+  <si>
+    <t>ACCORD ARENA BERCY</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">CHPT DE FRANCE </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>- Le 20 au 21/06 (Sur Sélection)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>&amp; PARA JUDO</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">COUPE DE FRANCE INDIV - </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Le 21 &amp; 22/03 (Sur Sélection)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">CHPT DE FRANCE 1DIV - </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Le 28 &amp; 29/03 (Sur Sélection)</t>
+    </r>
+  </si>
+  <si>
+    <t>LA MURE</t>
+  </si>
+  <si>
+    <t>DA</t>
+  </si>
+  <si>
+    <t>CHPT REGIONAL JU-JITSU COMBAT ET NE WAZA - 6 &amp; 7 décembre</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OPEN N°1 REGIONAL JU-JITSU COMBAT ET NE WAZA - Le 15 &amp; 16/11 </t>
+  </si>
+  <si>
+    <t>ANIMATION JUJITSU JEUNES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OPEN N°2 REGIONAL JU-JITSU COMBAT ET NE WAZA - Le 23 &amp; 24/05 </t>
+  </si>
+  <si>
+    <t>TOURNOI NATIONAL JUJITSU</t>
+  </si>
+  <si>
+    <t>NARBONNE</t>
+  </si>
+  <si>
+    <t>CHPT DE FRANCE JU-JITSU - CADET(TE)S (Sur Sélection)</t>
+  </si>
+  <si>
+    <t>CHPT DE FRANCE JU-JITSU -   - SENIORS (Sur Sélection)</t>
+  </si>
+  <si>
+    <t>REIMS</t>
+  </si>
+  <si>
+    <t>CHPT DE FRANCE JU-JITSU - JUNIORS U18 + MASTER (Sur Sélection)</t>
+  </si>
+  <si>
+    <t>OPEN NATINAL EQUIPE MIXTE JUJITSU</t>
+  </si>
+  <si>
+    <t>PARIS GRAND PRIX JUJITSU</t>
+  </si>
+  <si>
+    <t>STAGE JUGE CORG 30/31 AOUT</t>
+  </si>
+  <si>
+    <t>UV3 - SHIAIS - CM à CN3</t>
+  </si>
+  <si>
+    <t>UV1 &amp; UV2 (KATAS &amp; TECHNIQUE) - CM à CN3</t>
+  </si>
+  <si>
+    <t>UV3 - SHIAIS - CM à CN2</t>
+  </si>
+  <si>
+    <t>EXAMEN NATIONAL 6 &amp; 7 DAN - Du 14 au 16/11</t>
+  </si>
+  <si>
+    <t>EXAMEN NATIONAL 5 DAN - Du 9 au 10/05</t>
+  </si>
+  <si>
+    <t>SALLANCHES (74)</t>
+  </si>
+  <si>
+    <t>CHALLENGE MONIQUE CUSIN - Mini-Poussins/ Poussins</t>
+  </si>
+  <si>
+    <t>TOURNOI DE FAVERGES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STAGE DEPARTEMENTAL – Du 13 au 15/04 </t>
+  </si>
+  <si>
+    <t>STAGE CADET Du 15 au 17/04</t>
+  </si>
+  <si>
+    <t>STAGE DEPARTEMENTAL (74) CS / ARBITRES N°1 14H 17H</t>
+  </si>
+  <si>
+    <t>STAGE DEPARTEMENTAL / ENSEIGNEANTS &amp; DIRIGEANTS 9H 12H</t>
+  </si>
+  <si>
+    <t>STAGE DEPARTEMENTAL (74) CS / ARBITRES N°3 9H 12H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STAGE DEPARTEMENTAL DE PREPARATION KATAS N°2 14H 17H </t>
+  </si>
+  <si>
+    <t>CHPT DEPARTEMENTAL 1DIV / + COUPE DU JEUNE ARBITRE JUNIOR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>TOURNOI DE THYEZ (éveil à poussins et benjamins à adultes débutants)</t>
+  </si>
+  <si>
+    <t>TAÏSO</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">TOURNOI </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
       <t>LABEL A</t>
     </r>
-  </si>
-[...71 lines deleted...]
-    <t>CIRCUIT REGIONAL N°1</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">   4-5 OCTOBRE 2025</t>
+    </r>
+  </si>
+  <si>
+    <t>ARNAS 69</t>
+  </si>
+  <si>
+    <t>MONTELIMAR</t>
+  </si>
+  <si>
+    <t>CHPT INTER-DEPARTEMENTAL JUNIOR</t>
+  </si>
+  <si>
+    <t>BAGE DOMMARTIN (01)</t>
+  </si>
+  <si>
+    <t>VAULX MILIEU (38)</t>
+  </si>
+  <si>
+    <t>A DEFINIR</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
+    <t>CHPT DEPART SENIOR (74)</t>
+  </si>
+  <si>
+    <t>FAVERGES</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">STAGE INTERNATIONAL  - </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Sur Sélection)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">(AURA) STAGE  MINIMES </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Sur Sélection)</t>
+    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">STAGE INTER-DEPARTEMENTAL - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Du 03 au 05/03  (Sur Sélection)</t>
-[...946 lines deleted...]
-    <t>TAÏSO</t>
+      <t xml:space="preserve"> (Sur Sélection)</t>
+    </r>
+  </si>
+  <si>
+    <t>FAVERGES ???</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1910,51 +1935,51 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="92">
+  <cellXfs count="97">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
@@ -2132,50 +2157,65 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="21" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="16" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="16" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -2764,3523 +2804,3550 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr filterMode="1">
+  <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H191"/>
+  <dimension ref="A1:H192"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A16" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A64" sqref="A64"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="J78" sqref="J78"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.33203125" style="16" customWidth="1"/>
     <col min="2" max="2" width="16.83203125" style="17" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="94.5" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="43" style="18" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="4.6640625" style="19" customWidth="1"/>
     <col min="6" max="6" width="4.6640625" style="20" customWidth="1"/>
     <col min="7" max="7" width="4.6640625" style="60" customWidth="1"/>
     <col min="8" max="16384" width="11.5" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="82" t="s">
         <v>39</v>
       </c>
-      <c r="B1" s="77"/>
+      <c r="B1" s="82"/>
     </row>
     <row r="2" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="78" t="s">
+      <c r="A2" s="83" t="s">
         <v>41</v>
       </c>
-      <c r="B2" s="78"/>
+      <c r="B2" s="83"/>
     </row>
     <row r="3" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="83" t="s">
+      <c r="A3" s="88" t="s">
         <v>25</v>
       </c>
-      <c r="B3" s="83"/>
+      <c r="B3" s="88"/>
       <c r="C3" s="38"/>
       <c r="D3" s="39"/>
       <c r="E3" s="40"/>
       <c r="F3" s="41"/>
       <c r="G3" s="61"/>
     </row>
     <row r="4" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="84" t="s">
+      <c r="A4" s="89" t="s">
         <v>26</v>
       </c>
-      <c r="B4" s="84"/>
+      <c r="B4" s="89"/>
       <c r="C4" s="38"/>
       <c r="D4" s="39"/>
       <c r="E4" s="40"/>
       <c r="F4" s="41"/>
       <c r="G4" s="61"/>
     </row>
     <row r="5" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="85" t="s">
+      <c r="A5" s="90" t="s">
         <v>27</v>
       </c>
-      <c r="B5" s="85"/>
+      <c r="B5" s="90"/>
       <c r="C5" s="38"/>
       <c r="D5" s="39"/>
       <c r="E5" s="40"/>
       <c r="F5" s="41"/>
       <c r="G5" s="61"/>
     </row>
     <row r="6" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="86" t="s">
+      <c r="A6" s="91" t="s">
         <v>28</v>
       </c>
-      <c r="B6" s="86"/>
+      <c r="B6" s="91"/>
       <c r="C6" s="38"/>
       <c r="D6" s="39"/>
       <c r="E6" s="40"/>
       <c r="F6" s="41"/>
       <c r="G6" s="61"/>
     </row>
     <row r="7" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="87" t="s">
+      <c r="A7" s="92" t="s">
         <v>29</v>
       </c>
-      <c r="B7" s="87"/>
+      <c r="B7" s="92"/>
       <c r="C7" s="38"/>
       <c r="D7" s="39"/>
       <c r="E7" s="40"/>
       <c r="F7" s="41"/>
       <c r="G7" s="61"/>
     </row>
     <row r="8" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="88" t="s">
+      <c r="A8" s="93" t="s">
         <v>30</v>
       </c>
-      <c r="B8" s="88"/>
+      <c r="B8" s="93"/>
       <c r="C8" s="38"/>
       <c r="D8" s="39"/>
       <c r="E8" s="40"/>
       <c r="F8" s="41"/>
       <c r="G8" s="61"/>
     </row>
     <row r="9" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="79" t="s">
+      <c r="A9" s="84" t="s">
         <v>52</v>
       </c>
-      <c r="B9" s="80"/>
+      <c r="B9" s="85"/>
       <c r="C9" s="38"/>
       <c r="D9" s="39"/>
       <c r="E9" s="40"/>
       <c r="F9" s="41"/>
       <c r="G9" s="61"/>
     </row>
     <row r="10" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="90" t="s">
+      <c r="A10" s="95" t="s">
         <v>62</v>
       </c>
-      <c r="B10" s="91"/>
+      <c r="B10" s="96"/>
       <c r="C10" s="38"/>
       <c r="D10" s="39"/>
       <c r="E10" s="40"/>
       <c r="F10" s="41"/>
       <c r="G10" s="61"/>
     </row>
     <row r="11" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="81" t="s">
+      <c r="A11" s="86" t="s">
         <v>31</v>
       </c>
-      <c r="B11" s="81"/>
+      <c r="B11" s="86"/>
       <c r="C11" s="38"/>
       <c r="D11" s="39"/>
       <c r="E11" s="40"/>
       <c r="F11" s="41"/>
       <c r="G11" s="61"/>
     </row>
     <row r="12" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="89" t="s">
+      <c r="A12" s="94" t="s">
         <v>40</v>
       </c>
-      <c r="B12" s="89"/>
+      <c r="B12" s="94"/>
       <c r="C12" s="38"/>
       <c r="D12" s="39"/>
       <c r="E12" s="40"/>
       <c r="F12" s="41"/>
       <c r="G12" s="61"/>
     </row>
     <row r="13" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="82" t="s">
+      <c r="A13" s="87" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="82"/>
+      <c r="B13" s="87"/>
       <c r="C13" s="38"/>
       <c r="D13" s="39"/>
       <c r="E13" s="40"/>
       <c r="F13" s="41"/>
       <c r="G13" s="61"/>
     </row>
     <row r="14" spans="1:7" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="42"/>
       <c r="B14" s="43"/>
       <c r="C14" s="38"/>
       <c r="D14" s="39"/>
       <c r="E14" s="40"/>
       <c r="F14" s="41"/>
       <c r="G14" s="61"/>
     </row>
     <row r="15" spans="1:7" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="46" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="47" t="s">
         <v>0</v>
       </c>
       <c r="C15" s="52" t="s">
         <v>38</v>
       </c>
       <c r="D15" s="48" t="s">
         <v>1</v>
       </c>
       <c r="E15" s="49" t="s">
         <v>84</v>
       </c>
       <c r="F15" s="50" t="s">
         <v>85</v>
       </c>
       <c r="G15" s="62" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="36" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="74">
         <v>45899</v>
       </c>
       <c r="C16" s="75" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="D16" s="76" t="s">
         <v>4</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F16" s="59"/>
       <c r="G16" s="63"/>
     </row>
     <row r="17" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="69" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B17" s="22">
         <v>45911</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F17" s="59"/>
       <c r="G17" s="63"/>
     </row>
     <row r="18" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="53" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="22">
         <v>45920</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F18" s="59"/>
       <c r="G18" s="63"/>
     </row>
     <row r="19" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="37" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="22">
         <v>45927</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F19" s="59"/>
       <c r="G19" s="63"/>
     </row>
     <row r="20" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="45" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="58">
         <v>45933</v>
       </c>
       <c r="C20" s="21" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="D20" s="44" t="s">
         <v>3</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F20" s="59"/>
       <c r="G20" s="63"/>
     </row>
     <row r="21" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="37" t="s">
         <v>42</v>
       </c>
       <c r="B21" s="22">
         <v>45934</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F21" s="59"/>
       <c r="G21" s="63"/>
     </row>
     <row r="22" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="53" t="s">
         <v>43</v>
       </c>
       <c r="B22" s="22">
         <v>45934</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F22" s="59"/>
       <c r="G22" s="63"/>
     </row>
     <row r="23" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="36" t="s">
-[...9 lines deleted...]
-        <v>5</v>
+      <c r="A23" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B23" s="27">
+        <v>45934</v>
+      </c>
+      <c r="C23" s="9" t="s">
+        <v>229</v>
+      </c>
+      <c r="D23" s="10" t="s">
+        <v>92</v>
       </c>
       <c r="E23" s="4"/>
-      <c r="F23" s="59" t="s">
-[...2 lines deleted...]
-      <c r="G23" s="63"/>
+      <c r="F23" s="59"/>
+      <c r="G23" s="63" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="24" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="36" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="74">
-        <v>45940</v>
+        <v>45935</v>
       </c>
       <c r="C24" s="75" t="s">
-        <v>219</v>
+        <v>153</v>
       </c>
       <c r="D24" s="76" t="s">
-        <v>152</v>
+        <v>5</v>
       </c>
       <c r="E24" s="4"/>
       <c r="F24" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G24" s="63"/>
     </row>
     <row r="25" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="36" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="74">
-        <v>45941</v>
+        <v>45940</v>
       </c>
       <c r="C25" s="75" t="s">
-        <v>220</v>
+        <v>211</v>
       </c>
       <c r="D25" s="76" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="E25" s="4"/>
       <c r="F25" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G25" s="63"/>
     </row>
     <row r="26" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="34" t="s">
-[...9 lines deleted...]
-        <v>5</v>
+      <c r="A26" s="36" t="s">
+        <v>31</v>
+      </c>
+      <c r="B26" s="74">
+        <v>45941</v>
+      </c>
+      <c r="C26" s="75" t="s">
+        <v>212</v>
+      </c>
+      <c r="D26" s="76" t="s">
+        <v>147</v>
       </c>
       <c r="E26" s="4"/>
       <c r="F26" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G26" s="63"/>
       <c r="H26" s="51"/>
     </row>
-    <row r="27" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="33" t="s">
+    <row r="27" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="B27" s="29">
+        <v>45942</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="D27" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="E27" s="4"/>
+      <c r="F27" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" s="63"/>
+    </row>
+    <row r="28" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="33" t="s">
         <v>36</v>
       </c>
-      <c r="B27" s="13">
+      <c r="B28" s="13">
         <v>45948</v>
       </c>
-      <c r="C27" s="9" t="s">
+      <c r="C28" s="9" t="s">
         <v>65</v>
-      </c>
-[...17 lines deleted...]
-        <v>160</v>
       </c>
       <c r="D28" s="10" t="s">
         <v>5</v>
       </c>
       <c r="E28" s="4"/>
-      <c r="F28" s="59" t="s">
-[...5 lines deleted...]
-      <c r="A29" s="33" t="s">
+      <c r="F28" s="59"/>
+      <c r="G28" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="70" t="s">
+        <v>154</v>
+      </c>
+      <c r="B29" s="27">
+        <v>45948</v>
+      </c>
+      <c r="C29" s="9" t="s">
+        <v>155</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="E29" s="4"/>
+      <c r="F29" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" s="63"/>
+    </row>
+    <row r="30" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="33" t="s">
         <v>36</v>
       </c>
-      <c r="B29" s="13">
+      <c r="B30" s="13">
         <v>45948</v>
-      </c>
-[...17 lines deleted...]
-        <v>45949</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>65</v>
       </c>
-      <c r="D30" s="10" t="s">
+      <c r="D30" s="15" t="s">
         <v>9</v>
       </c>
       <c r="E30" s="4"/>
       <c r="F30" s="59"/>
       <c r="G30" s="63" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="31" t="s">
-[...9 lines deleted...]
-        <v>5</v>
+      <c r="A31" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B31" s="27">
+        <v>45949</v>
+      </c>
+      <c r="C31" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D31" s="10" t="s">
+        <v>9</v>
       </c>
       <c r="E31" s="4"/>
-      <c r="F31" s="59" t="s">
-[...2 lines deleted...]
-      <c r="G31" s="63"/>
+      <c r="F31" s="59"/>
+      <c r="G31" s="63" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="32" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="B32" s="26">
-[...6 lines deleted...]
-        <v>91</v>
+      <c r="B32" s="22">
+        <v>45952</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>5</v>
       </c>
       <c r="E32" s="4"/>
       <c r="F32" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G32" s="63"/>
     </row>
     <row r="33" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="30" t="s">
+      <c r="A33" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B33" s="26">
+        <v>45955</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="E33" s="4"/>
+      <c r="F33" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G33" s="63"/>
+    </row>
+    <row r="34" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="30" t="s">
         <v>34</v>
-      </c>
-[...17 lines deleted...]
-        <v>26</v>
       </c>
       <c r="B34" s="22">
         <v>45957</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F34" s="59"/>
       <c r="G34" s="63"/>
     </row>
     <row r="35" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="32" t="s">
-[...2 lines deleted...]
-      <c r="B35" s="28">
+      <c r="A35" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B35" s="22">
         <v>45957</v>
       </c>
-      <c r="C35" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D35" s="5" t="s">
+      <c r="C35" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="D35" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F35" s="59"/>
       <c r="G35" s="63"/>
     </row>
     <row r="36" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="45" t="s">
-[...8 lines deleted...]
-      <c r="D36" s="44" t="s">
+      <c r="A36" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B36" s="28">
+        <v>45957</v>
+      </c>
+      <c r="C36" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="D36" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F36" s="59"/>
       <c r="G36" s="63"/>
     </row>
     <row r="37" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="31" t="s">
+      <c r="A37" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="B37" s="58">
+        <v>45968</v>
+      </c>
+      <c r="C37" s="21" t="s">
+        <v>156</v>
+      </c>
+      <c r="D37" s="44" t="s">
+        <v>3</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" s="59"/>
+      <c r="G37" s="63"/>
+    </row>
+    <row r="38" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="B37" s="26">
+      <c r="B38" s="26">
         <v>45969</v>
       </c>
-      <c r="C37" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D37" s="4" t="s">
+      <c r="C38" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="E37" s="4"/>
-[...6 lines deleted...]
-      <c r="A38" s="32" t="s">
+      <c r="E38" s="4"/>
+      <c r="F38" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G38" s="63"/>
+    </row>
+    <row r="39" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="32" t="s">
         <v>35</v>
       </c>
-      <c r="B38" s="27">
+      <c r="B39" s="27">
         <v>45969</v>
       </c>
-      <c r="C38" s="9" t="s">
+      <c r="C39" s="9" t="s">
         <v>79</v>
       </c>
-      <c r="D38" s="10" t="s">
-[...9 lines deleted...]
-      <c r="A39" s="31" t="s">
+      <c r="D39" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="E39" s="4"/>
+      <c r="F39" s="59"/>
+      <c r="G39" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="B39" s="26">
+      <c r="B40" s="26">
         <v>45970</v>
       </c>
-      <c r="C39" s="6" t="s">
-[...22 lines deleted...]
-        <v>130</v>
+      <c r="C40" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>126</v>
       </c>
       <c r="E40" s="4"/>
       <c r="F40" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G40" s="63"/>
     </row>
-    <row r="41" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="36" t="s">
+    <row r="41" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B41" s="27">
+        <v>45972</v>
+      </c>
+      <c r="C41" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="D41" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="E41" s="4"/>
+      <c r="F41" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G41" s="63"/>
+    </row>
+    <row r="42" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="36" t="s">
         <v>31</v>
       </c>
-      <c r="B41" s="74">
+      <c r="B42" s="74">
         <v>45975</v>
       </c>
-      <c r="C41" s="75" t="s">
-[...12 lines deleted...]
-      <c r="A42" s="37" t="s">
+      <c r="C42" s="75" t="s">
+        <v>214</v>
+      </c>
+      <c r="D42" s="76" t="s">
+        <v>107</v>
+      </c>
+      <c r="E42" s="4"/>
+      <c r="F42" s="59"/>
+      <c r="G42" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="37" t="s">
         <v>42</v>
       </c>
-      <c r="B42" s="22">
+      <c r="B43" s="22">
         <v>45976</v>
       </c>
-      <c r="C42" s="2" t="s">
+      <c r="C43" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="D42" s="3" t="s">
-[...19 lines deleted...]
-        <v>177</v>
+      <c r="D43" s="3" t="s">
+        <v>172</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F43" s="59"/>
       <c r="G43" s="63"/>
     </row>
     <row r="44" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="30" t="s">
-[...2 lines deleted...]
-      <c r="B44" s="27">
+      <c r="A44" s="36" t="s">
+        <v>31</v>
+      </c>
+      <c r="B44" s="74">
         <v>45976</v>
       </c>
-      <c r="C44" s="9" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="C44" s="75" t="s">
+        <v>75</v>
+      </c>
+      <c r="D44" s="76" t="s">
+        <v>172</v>
+      </c>
+      <c r="E44" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" s="59"/>
       <c r="G44" s="63"/>
       <c r="H44" s="51"/>
     </row>
     <row r="45" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="55" t="s">
-[...2 lines deleted...]
-      <c r="B45" s="71">
+      <c r="A45" s="30" t="s">
+        <v>34</v>
+      </c>
+      <c r="B45" s="27">
         <v>45976</v>
       </c>
-      <c r="C45" s="72" t="s">
-[...3 lines deleted...]
-        <v>89</v>
+      <c r="C45" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="D45" s="10" t="s">
+        <v>4</v>
       </c>
       <c r="E45" s="4"/>
       <c r="F45" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G45" s="63"/>
       <c r="H45" s="51"/>
     </row>
     <row r="46" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="33" t="s">
-[...9 lines deleted...]
-        <v>4</v>
+      <c r="A46" s="55" t="s">
+        <v>52</v>
+      </c>
+      <c r="B46" s="71">
+        <v>45976</v>
+      </c>
+      <c r="C46" s="72" t="s">
+        <v>199</v>
+      </c>
+      <c r="D46" s="73" t="s">
+        <v>89</v>
       </c>
       <c r="E46" s="4"/>
       <c r="F46" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G46" s="63"/>
       <c r="H46" s="51"/>
     </row>
     <row r="47" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="31" t="s">
-[...2 lines deleted...]
-      <c r="B47" s="26">
+      <c r="A47" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="B47" s="13">
         <v>45977</v>
       </c>
-      <c r="C47" s="6" t="s">
-[...3 lines deleted...]
-        <v>19</v>
+      <c r="C47" s="9" t="s">
+        <v>176</v>
+      </c>
+      <c r="D47" s="15" t="s">
+        <v>4</v>
       </c>
       <c r="E47" s="4"/>
       <c r="F47" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G47" s="63"/>
       <c r="H47" s="51"/>
     </row>
     <row r="48" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="32" t="s">
-[...9 lines deleted...]
-        <v>24</v>
+      <c r="A48" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B48" s="26">
+        <v>45977</v>
+      </c>
+      <c r="C48" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>19</v>
       </c>
       <c r="E48" s="4"/>
       <c r="F48" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G48" s="63"/>
       <c r="H48" s="51"/>
     </row>
     <row r="49" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B49" s="13">
+      <c r="A49" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B49" s="27">
         <v>45983</v>
       </c>
       <c r="C49" s="14" t="s">
         <v>50</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>24</v>
       </c>
       <c r="E49" s="4"/>
       <c r="F49" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G49" s="63"/>
     </row>
-    <row r="50" spans="1:7" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>30</v>
+    <row r="50" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="B50" s="13">
-        <v>45984</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>45983</v>
+      </c>
+      <c r="C50" s="14" t="s">
+        <v>50</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>24</v>
       </c>
       <c r="E50" s="4"/>
-      <c r="F50" s="59"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F50" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G50" s="63"/>
     </row>
     <row r="51" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="54" t="s">
+      <c r="A51" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="B51" s="13">
+        <v>45984</v>
+      </c>
+      <c r="C51" s="9" t="s">
+        <v>111</v>
+      </c>
+      <c r="D51" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="E51" s="4"/>
+      <c r="F51" s="59"/>
+      <c r="G51" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="54" t="s">
         <v>39</v>
       </c>
-      <c r="B51" s="27">
+      <c r="B52" s="27">
         <v>45984</v>
       </c>
-      <c r="C51" s="68" t="s">
-[...12 lines deleted...]
-      <c r="A52" s="36" t="s">
+      <c r="C52" s="68" t="s">
+        <v>117</v>
+      </c>
+      <c r="D52" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="E52" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F52" s="59"/>
+      <c r="G52" s="63"/>
+    </row>
+    <row r="53" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="36" t="s">
         <v>31</v>
       </c>
-      <c r="B52" s="74">
+      <c r="B53" s="74">
         <v>45990</v>
       </c>
-      <c r="C52" s="75" t="s">
-[...2 lines deleted...]
-      <c r="D52" s="76" t="s">
+      <c r="C53" s="75" t="s">
+        <v>213</v>
+      </c>
+      <c r="D53" s="76" t="s">
         <v>5</v>
       </c>
-      <c r="E52" s="4"/>
-[...6 lines deleted...]
-      <c r="A53" s="32" t="s">
+      <c r="E53" s="4"/>
+      <c r="F53" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G53" s="63"/>
+    </row>
+    <row r="54" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="32" t="s">
         <v>35</v>
-      </c>
-[...17 lines deleted...]
-        <v>34</v>
       </c>
       <c r="B54" s="26">
         <v>45990</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>173</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E54" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F54" s="59"/>
       <c r="G54" s="63"/>
     </row>
-    <row r="55" spans="1:7" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="34" t="s">
+    <row r="55" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="30" t="s">
+        <v>34</v>
+      </c>
+      <c r="B55" s="26">
+        <v>45990</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="E55" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F55" s="59"/>
+      <c r="G55" s="63"/>
+    </row>
+    <row r="56" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="34" t="s">
         <v>29</v>
       </c>
-      <c r="B55" s="28">
+      <c r="B56" s="28">
         <v>45990</v>
       </c>
-      <c r="C55" s="12" t="s">
-[...12 lines deleted...]
-      <c r="A56" s="36" t="s">
+      <c r="C56" s="12" t="s">
+        <v>189</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="E56" s="4"/>
+      <c r="F56" s="59"/>
+      <c r="G56" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="36" t="s">
         <v>31</v>
       </c>
-      <c r="B56" s="74">
+      <c r="B57" s="74">
         <v>45991</v>
       </c>
-      <c r="C56" s="75" t="s">
-[...2 lines deleted...]
-      <c r="D56" s="76" t="s">
+      <c r="C57" s="75" t="s">
+        <v>212</v>
+      </c>
+      <c r="D57" s="76" t="s">
         <v>5</v>
       </c>
-      <c r="E56" s="4"/>
-[...6 lines deleted...]
-      <c r="A57" s="31" t="s">
+      <c r="E57" s="4"/>
+      <c r="F57" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G57" s="63"/>
+    </row>
+    <row r="58" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="B57" s="26">
+      <c r="B58" s="26">
         <v>45991</v>
       </c>
-      <c r="C57" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D57" s="4" t="s">
+      <c r="C58" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="D58" s="4" t="s">
         <v>2</v>
-      </c>
-[...17 lines deleted...]
-        <v>3</v>
       </c>
       <c r="E58" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F58" s="59"/>
       <c r="G58" s="63"/>
     </row>
     <row r="59" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="32" t="s">
-[...9 lines deleted...]
-        <v>119</v>
+      <c r="A59" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="B59" s="58">
+        <v>45996</v>
+      </c>
+      <c r="C59" s="21" t="s">
+        <v>157</v>
+      </c>
+      <c r="D59" s="44" t="s">
+        <v>3</v>
       </c>
       <c r="E59" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F59" s="59"/>
       <c r="G59" s="63"/>
     </row>
     <row r="60" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="31" t="s">
-        <v>26</v>
+      <c r="A60" s="32" t="s">
+        <v>35</v>
       </c>
       <c r="B60" s="28">
         <v>45997</v>
       </c>
       <c r="C60" s="11" t="s">
-        <v>138</v>
+        <v>225</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="E60" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F60" s="59"/>
       <c r="G60" s="63"/>
     </row>
     <row r="61" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="32" t="s">
-        <v>35</v>
+      <c r="A61" s="31" t="s">
+        <v>26</v>
       </c>
       <c r="B61" s="28">
         <v>45997</v>
       </c>
       <c r="C61" s="11" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="E61" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F61" s="59"/>
       <c r="G61" s="63"/>
     </row>
     <row r="62" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="33" t="s">
-        <v>36</v>
+      <c r="A62" s="32" t="s">
+        <v>35</v>
       </c>
       <c r="B62" s="28">
         <v>45997</v>
       </c>
       <c r="C62" s="11" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="E62" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F62" s="59"/>
       <c r="G62" s="63"/>
     </row>
-    <row r="63" spans="1:7" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="32" t="s">
+    <row r="63" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="B63" s="28">
+        <v>45997</v>
+      </c>
+      <c r="C63" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="E63" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F63" s="59"/>
+      <c r="G63" s="63"/>
+    </row>
+    <row r="64" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="32" t="s">
         <v>35</v>
       </c>
-      <c r="B63" s="27">
+      <c r="B64" s="27">
         <v>45997</v>
       </c>
-      <c r="C63" s="9" t="s">
+      <c r="C64" s="9" t="s">
         <v>65</v>
       </c>
-      <c r="D63" s="10" t="s">
+      <c r="D64" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="E63" s="4"/>
-[...6 lines deleted...]
-      <c r="A64" s="55" t="s">
+      <c r="E64" s="4"/>
+      <c r="F64" s="59"/>
+      <c r="G64" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="55" t="s">
         <v>52</v>
       </c>
-      <c r="B64" s="71">
+      <c r="B65" s="71">
         <v>45997</v>
       </c>
-      <c r="C64" s="72" t="s">
-[...2 lines deleted...]
-      <c r="D64" s="73" t="s">
+      <c r="C65" s="72" t="s">
+        <v>198</v>
+      </c>
+      <c r="D65" s="73" t="s">
         <v>4</v>
       </c>
-      <c r="E64" s="4"/>
-[...6 lines deleted...]
-      <c r="A65" s="30" t="s">
+      <c r="E65" s="4"/>
+      <c r="F65" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G65" s="63"/>
+    </row>
+    <row r="66" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="30" t="s">
         <v>34</v>
       </c>
-      <c r="B65" s="26">
+      <c r="B66" s="26">
         <v>45998</v>
       </c>
-      <c r="C65" s="6" t="s">
-[...12 lines deleted...]
-      <c r="A66" s="34" t="s">
+      <c r="C66" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="E66" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F66" s="59"/>
+      <c r="G66" s="63"/>
+    </row>
+    <row r="67" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="34" t="s">
         <v>29</v>
       </c>
-      <c r="B66" s="27">
+      <c r="B67" s="27">
         <v>46004</v>
       </c>
-      <c r="C66" s="24" t="s">
-[...12 lines deleted...]
-      <c r="A67" s="33" t="s">
+      <c r="C67" s="24" t="s">
+        <v>190</v>
+      </c>
+      <c r="D67" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="E67" s="4"/>
+      <c r="F67" s="59"/>
+      <c r="G67" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="33" t="s">
         <v>36</v>
       </c>
-      <c r="B67" s="13">
+      <c r="B68" s="13">
         <v>46011</v>
       </c>
-      <c r="C67" s="9" t="s">
+      <c r="C68" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="D68" s="15" t="s">
         <v>17</v>
-      </c>
-[...17 lines deleted...]
-        <v>131</v>
       </c>
       <c r="E68" s="4"/>
       <c r="F68" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G68" s="63"/>
     </row>
-    <row r="69" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A69" s="55" t="s">
+    <row r="69" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B69" s="26">
+        <v>46011</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="E69" s="4"/>
+      <c r="F69" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G69" s="63"/>
+      <c r="H69" s="51"/>
+    </row>
+    <row r="70" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="55" t="s">
         <v>52</v>
       </c>
-      <c r="B69" s="71">
+      <c r="B70" s="71">
         <v>46011</v>
       </c>
-      <c r="C69" s="72" t="s">
-[...27 lines deleted...]
-      </c>
+      <c r="C70" s="72" t="s">
+        <v>202</v>
+      </c>
+      <c r="D70" s="73" t="s">
+        <v>203</v>
+      </c>
+      <c r="E70" s="4"/>
       <c r="F70" s="59"/>
-      <c r="G70" s="63"/>
+      <c r="G70" s="63" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="71" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="45" t="s">
         <v>32</v>
       </c>
       <c r="B71" s="58">
         <v>46031</v>
       </c>
-      <c r="C71" s="21" t="s">
-        <v>163</v>
+      <c r="C71" s="6" t="s">
+        <v>146</v>
       </c>
       <c r="D71" s="44" t="s">
         <v>3</v>
       </c>
       <c r="E71" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F71" s="59"/>
       <c r="G71" s="63"/>
     </row>
     <row r="72" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A72" s="31" t="s">
+      <c r="A72" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="B72" s="58">
+        <v>46031</v>
+      </c>
+      <c r="C72" s="21" t="s">
+        <v>158</v>
+      </c>
+      <c r="D72" s="44" t="s">
+        <v>3</v>
+      </c>
+      <c r="E72" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F72" s="59"/>
+      <c r="G72" s="63"/>
+    </row>
+    <row r="73" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="B72" s="26">
+      <c r="B73" s="26">
         <v>46032</v>
       </c>
-      <c r="C72" s="6" t="s">
-[...21 lines deleted...]
-      <c r="D73" s="15" t="s">
+      <c r="C73" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="D73" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E73" s="4"/>
       <c r="F73" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G73" s="63"/>
     </row>
     <row r="74" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A74" s="34" t="s">
-        <v>29</v>
+      <c r="A74" s="32" t="s">
+        <v>35</v>
       </c>
       <c r="B74" s="13">
         <v>46033</v>
       </c>
       <c r="C74" s="14" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>6</v>
       </c>
       <c r="E74" s="4"/>
       <c r="F74" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G74" s="63"/>
     </row>
-    <row r="75" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="55" t="s">
+    <row r="75" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="B75" s="13">
+        <v>46033</v>
+      </c>
+      <c r="C75" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D75" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="E75" s="4"/>
+      <c r="F75" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G75" s="63"/>
+    </row>
+    <row r="76" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="55" t="s">
         <v>52</v>
       </c>
-      <c r="B75" s="71">
+      <c r="B76" s="71">
         <v>46039</v>
       </c>
-      <c r="C75" s="72" t="s">
-[...2 lines deleted...]
-      <c r="D75" s="73" t="s">
+      <c r="C76" s="72" t="s">
+        <v>207</v>
+      </c>
+      <c r="D76" s="73" t="s">
         <v>89</v>
       </c>
-      <c r="E75" s="4"/>
-[...6 lines deleted...]
-      <c r="A76" s="30" t="s">
+      <c r="E76" s="4"/>
+      <c r="F76" s="59"/>
+      <c r="G76" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="30" t="s">
         <v>34</v>
       </c>
-      <c r="B76" s="26">
+      <c r="B77" s="26">
         <v>46039</v>
       </c>
-      <c r="C76" s="6" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="C77" s="6" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>180</v>
+        <v>242</v>
       </c>
       <c r="E77" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F77" s="59"/>
       <c r="G77" s="63"/>
     </row>
-    <row r="78" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="32" t="s">
         <v>35</v>
       </c>
-      <c r="B78" s="27">
+      <c r="B78" s="26">
+        <v>46040</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="D78" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="E78" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F78" s="59"/>
+      <c r="G78" s="63"/>
+    </row>
+    <row r="79" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B79" s="27">
         <v>46046</v>
       </c>
-      <c r="C78" s="24" t="s">
-[...2 lines deleted...]
-      <c r="D78" s="10" t="s">
+      <c r="C79" s="24" t="s">
+        <v>102</v>
+      </c>
+      <c r="D79" s="10" t="s">
         <v>22</v>
-      </c>
-[...17 lines deleted...]
-        <v>214</v>
       </c>
       <c r="E79" s="4"/>
       <c r="F79" s="59"/>
       <c r="G79" s="63" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="80" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="33" t="s">
+      <c r="A80" s="55" t="s">
+        <v>52</v>
+      </c>
+      <c r="B80" s="71">
+        <v>46046</v>
+      </c>
+      <c r="C80" s="72" t="s">
+        <v>202</v>
+      </c>
+      <c r="D80" s="73" t="s">
+        <v>206</v>
+      </c>
+      <c r="E80" s="4"/>
+      <c r="F80" s="59"/>
+      <c r="G80" s="63" t="s">
+        <v>33</v>
+      </c>
+      <c r="H80" s="1" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="33" t="s">
         <v>36</v>
       </c>
-      <c r="B80" s="28">
+      <c r="B81" s="77">
         <v>46047</v>
       </c>
-      <c r="C80" s="11" t="s">
-[...12 lines deleted...]
-      <c r="A81" s="31" t="s">
+      <c r="C81" s="12" t="s">
+        <v>232</v>
+      </c>
+      <c r="D81" s="78" t="s">
+        <v>234</v>
+      </c>
+      <c r="E81" s="79" t="s">
+        <v>33</v>
+      </c>
+      <c r="F81" s="80"/>
+      <c r="G81" s="81"/>
+    </row>
+    <row r="82" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="B81" s="28">
+      <c r="B82" s="77">
         <v>46047</v>
       </c>
-      <c r="C81" s="11" t="s">
+      <c r="C82" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="D81" s="5" t="s">
-[...9 lines deleted...]
-      <c r="A82" s="32" t="s">
+      <c r="D82" s="78" t="s">
+        <v>234</v>
+      </c>
+      <c r="E82" s="79" t="s">
+        <v>33</v>
+      </c>
+      <c r="F82" s="80"/>
+      <c r="G82" s="81"/>
+    </row>
+    <row r="83" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="32" t="s">
         <v>35</v>
       </c>
-      <c r="B82" s="28">
+      <c r="B83" s="28">
         <v>46053</v>
       </c>
-      <c r="C82" s="11" t="s">
+      <c r="C83" s="11" t="s">
         <v>81</v>
       </c>
-      <c r="D82" s="5" t="s">
-[...19 lines deleted...]
-        <v>20</v>
+      <c r="D83" s="5" t="s">
+        <v>230</v>
       </c>
       <c r="E83" s="4"/>
       <c r="F83" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G83" s="63"/>
     </row>
     <row r="84" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A84" s="45" t="s">
+      <c r="A84" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B84" s="26">
+        <v>46054</v>
+      </c>
+      <c r="C84" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" s="4"/>
+      <c r="F84" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G84" s="63"/>
+    </row>
+    <row r="85" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="B84" s="58">
+      <c r="B85" s="58">
         <v>46059</v>
       </c>
-      <c r="C84" s="21" t="s">
-[...2 lines deleted...]
-      <c r="D84" s="44" t="s">
+      <c r="C85" s="21" t="s">
+        <v>159</v>
+      </c>
+      <c r="D85" s="44" t="s">
         <v>3</v>
       </c>
-      <c r="E84" s="4" t="s">
-[...6 lines deleted...]
-      <c r="A85" s="34" t="s">
+      <c r="E85" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F85" s="59"/>
+      <c r="G85" s="63"/>
+    </row>
+    <row r="86" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="34" t="s">
         <v>29</v>
       </c>
-      <c r="B85" s="28">
+      <c r="B86" s="28">
         <v>46060</v>
       </c>
-      <c r="C85" s="12" t="s">
-[...12 lines deleted...]
-      <c r="A86" s="36" t="s">
+      <c r="C86" s="12" t="s">
+        <v>191</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="E86" s="4"/>
+      <c r="F86" s="59"/>
+      <c r="G86" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="36" t="s">
         <v>31</v>
       </c>
-      <c r="B86" s="74">
+      <c r="B87" s="74">
         <v>46081</v>
       </c>
-      <c r="C86" s="75" t="s">
-[...2 lines deleted...]
-      <c r="D86" s="76" t="s">
+      <c r="C87" s="75" t="s">
+        <v>211</v>
+      </c>
+      <c r="D87" s="76" t="s">
         <v>4</v>
-      </c>
-[...17 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E87" s="4"/>
       <c r="F87" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G87" s="63"/>
     </row>
     <row r="88" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A88" s="33" t="s">
-        <v>36</v>
+      <c r="A88" s="31" t="s">
+        <v>26</v>
       </c>
       <c r="B88" s="28">
-        <v>46082</v>
+        <v>46081</v>
       </c>
       <c r="C88" s="11" t="s">
-        <v>187</v>
+        <v>76</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>139</v>
+        <v>231</v>
       </c>
       <c r="E88" s="4"/>
       <c r="F88" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G88" s="63"/>
     </row>
     <row r="89" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A89" s="45" t="s">
+      <c r="A89" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="B89" s="28">
+        <v>46082</v>
+      </c>
+      <c r="C89" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="E89" s="4"/>
+      <c r="F89" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G89" s="63"/>
+    </row>
+    <row r="90" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="45" t="s">
         <v>32</v>
       </c>
-      <c r="B89" s="58">
+      <c r="B90" s="58">
         <v>46087</v>
       </c>
-      <c r="C89" s="21" t="s">
-[...2 lines deleted...]
-      <c r="D89" s="44" t="s">
+      <c r="C90" s="21" t="s">
+        <v>160</v>
+      </c>
+      <c r="D90" s="44" t="s">
         <v>3</v>
       </c>
-      <c r="E89" s="4" t="s">
-[...6 lines deleted...]
-      <c r="A90" s="32" t="s">
+      <c r="E90" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F90" s="59"/>
+      <c r="G90" s="63"/>
+    </row>
+    <row r="91" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="32" t="s">
         <v>35</v>
-      </c>
-[...17 lines deleted...]
-        <v>26</v>
       </c>
       <c r="B91" s="28">
         <v>46088</v>
       </c>
-      <c r="C91" s="11" t="s">
-        <v>140</v>
+      <c r="C91" s="12" t="s">
+        <v>180</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>224</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="E91" s="4"/>
       <c r="F91" s="59"/>
-      <c r="G91" s="63"/>
+      <c r="G91" s="63" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="92" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A92" s="30" t="s">
-        <v>34</v>
+      <c r="A92" s="31" t="s">
+        <v>26</v>
       </c>
       <c r="B92" s="28">
         <v>46088</v>
       </c>
       <c r="C92" s="11" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="E92" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F92" s="59"/>
       <c r="G92" s="63"/>
     </row>
     <row r="93" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A93" s="55" t="s">
+      <c r="A93" s="30" t="s">
+        <v>34</v>
+      </c>
+      <c r="B93" s="28">
+        <v>46088</v>
+      </c>
+      <c r="C93" s="11" t="s">
+        <v>136</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="E93" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F93" s="59"/>
+      <c r="G93" s="63"/>
+    </row>
+    <row r="94" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="55" t="s">
         <v>52</v>
       </c>
-      <c r="B93" s="71">
+      <c r="B94" s="71">
         <v>46088</v>
       </c>
-      <c r="C93" s="72" t="s">
-[...2 lines deleted...]
-      <c r="D93" s="73" t="s">
+      <c r="C94" s="72" t="s">
+        <v>200</v>
+      </c>
+      <c r="D94" s="73" t="s">
         <v>89</v>
       </c>
-      <c r="E93" s="4"/>
-[...21 lines deleted...]
-      <c r="F94" s="59"/>
+      <c r="E94" s="4"/>
+      <c r="F94" s="59" t="s">
+        <v>33</v>
+      </c>
       <c r="G94" s="63"/>
     </row>
     <row r="95" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A95" s="30" t="s">
-        <v>34</v>
+      <c r="A95" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="B95" s="28">
-        <v>46095</v>
+        <v>46088</v>
       </c>
       <c r="C95" s="11" t="s">
-        <v>116</v>
+        <v>237</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>72</v>
+        <v>216</v>
       </c>
       <c r="E95" s="4" t="s">
-        <v>33</v>
+        <v>236</v>
       </c>
       <c r="F95" s="59"/>
       <c r="G95" s="63"/>
     </row>
     <row r="96" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A96" s="31" t="s">
-[...2 lines deleted...]
-      <c r="B96" s="29">
+      <c r="A96" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B96" s="28">
         <v>46095</v>
       </c>
-      <c r="C96" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D96" s="8" t="s">
+      <c r="C96" s="11" t="s">
+        <v>181</v>
+      </c>
+      <c r="D96" s="5" t="s">
         <v>72</v>
       </c>
       <c r="E96" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F96" s="59"/>
       <c r="G96" s="63"/>
     </row>
-    <row r="97" spans="1:7" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A97" s="55" t="s">
+    <row r="97" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="30" t="s">
+        <v>34</v>
+      </c>
+      <c r="B97" s="28">
+        <v>46095</v>
+      </c>
+      <c r="C97" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E97" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F97" s="59"/>
+      <c r="G97" s="63"/>
+    </row>
+    <row r="98" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B98" s="29">
+        <v>46095</v>
+      </c>
+      <c r="C98" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="D98" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E98" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F98" s="59"/>
+      <c r="G98" s="63"/>
+    </row>
+    <row r="99" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="55" t="s">
         <v>52</v>
       </c>
-      <c r="B97" s="71">
+      <c r="B99" s="71">
         <v>46095</v>
       </c>
-      <c r="C97" s="72" t="s">
-[...2 lines deleted...]
-      <c r="D97" s="73" t="s">
+      <c r="C99" s="72" t="s">
+        <v>205</v>
+      </c>
+      <c r="D99" s="73" t="s">
         <v>89</v>
-      </c>
-[...36 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E99" s="4"/>
       <c r="F99" s="59"/>
       <c r="G99" s="63" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="100" spans="1:7" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A100" s="33" t="s">
+    <row r="100" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="B100" s="28">
+        <v>46096</v>
+      </c>
+      <c r="C100" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E100" s="4"/>
+      <c r="F100" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G100" s="63"/>
+    </row>
+    <row r="101" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B101" s="28">
+        <v>46102</v>
+      </c>
+      <c r="C101" s="12" t="s">
+        <v>194</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="E101" s="4"/>
+      <c r="F101" s="59"/>
+      <c r="G101" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="33" t="s">
         <v>36</v>
       </c>
-      <c r="B100" s="28">
+      <c r="B102" s="28">
         <v>46109</v>
       </c>
-      <c r="C100" s="12" t="s">
-[...45 lines deleted...]
-      </c>
+      <c r="C102" s="12" t="s">
+        <v>195</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="E102" s="4"/>
       <c r="F102" s="59"/>
-      <c r="G102" s="63"/>
+      <c r="G102" s="63" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="103" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="54" t="s">
         <v>39</v>
       </c>
       <c r="B103" s="27">
-        <v>46110</v>
+        <v>46109</v>
       </c>
       <c r="C103" s="68" t="s">
-        <v>148</v>
+        <v>228</v>
       </c>
       <c r="D103" s="10" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="E103" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F103" s="59"/>
       <c r="G103" s="63"/>
     </row>
     <row r="104" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="45" t="s">
-[...9 lines deleted...]
-        <v>3</v>
+      <c r="A104" s="54" t="s">
+        <v>39</v>
+      </c>
+      <c r="B104" s="27">
+        <v>46110</v>
+      </c>
+      <c r="C104" s="68" t="s">
+        <v>227</v>
+      </c>
+      <c r="D104" s="10" t="s">
+        <v>130</v>
       </c>
       <c r="E104" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F104" s="59"/>
       <c r="G104" s="63"/>
     </row>
     <row r="105" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A105" s="32" t="s">
+      <c r="A105" s="54" t="s">
+        <v>39</v>
+      </c>
+      <c r="B105" s="27">
+        <v>46110</v>
+      </c>
+      <c r="C105" s="68" t="s">
+        <v>143</v>
+      </c>
+      <c r="D105" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="E105" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F105" s="59"/>
+      <c r="G105" s="63"/>
+    </row>
+    <row r="106" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="B106" s="58">
+        <v>46115</v>
+      </c>
+      <c r="C106" s="21" t="s">
+        <v>161</v>
+      </c>
+      <c r="D106" s="44" t="s">
+        <v>3</v>
+      </c>
+      <c r="E106" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F106" s="59"/>
+      <c r="G106" s="63"/>
+    </row>
+    <row r="107" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="32" t="s">
         <v>35</v>
       </c>
-      <c r="B105" s="28">
+      <c r="B107" s="28">
         <v>46116</v>
       </c>
-      <c r="C105" s="11" t="s">
-[...12 lines deleted...]
-      <c r="A106" s="31" t="s">
+      <c r="C107" s="11" t="s">
+        <v>182</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="E107" s="4"/>
+      <c r="F107" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G107" s="63"/>
+    </row>
+    <row r="108" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="B106" s="29">
+      <c r="B108" s="29">
         <v>46116</v>
       </c>
-      <c r="C106" s="23" t="s">
+      <c r="C108" s="23" t="s">
         <v>16</v>
       </c>
-      <c r="D106" s="8" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="D108" s="5" t="s">
-        <v>89</v>
+        <v>233</v>
       </c>
       <c r="E108" s="4"/>
       <c r="F108" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G108" s="63"/>
     </row>
     <row r="109" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A109" s="33" t="s">
-        <v>36</v>
+      <c r="A109" s="32" t="s">
+        <v>35</v>
       </c>
       <c r="B109" s="28">
         <v>46117</v>
       </c>
-      <c r="C109" s="7" t="s">
-[...3 lines deleted...]
-        <v>89</v>
+      <c r="C109" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>233</v>
       </c>
       <c r="E109" s="4"/>
       <c r="F109" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G109" s="63"/>
     </row>
     <row r="110" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A110" s="30" t="s">
-        <v>34</v>
+      <c r="A110" s="33" t="s">
+        <v>36</v>
       </c>
       <c r="B110" s="28">
-        <v>46125</v>
-[...10 lines deleted...]
-      <c r="F110" s="59"/>
+        <v>46117</v>
+      </c>
+      <c r="C110" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="E110" s="4"/>
+      <c r="F110" s="59" t="s">
+        <v>33</v>
+      </c>
       <c r="G110" s="63"/>
     </row>
     <row r="111" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A111" s="31" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A111" s="55" t="s">
+        <v>52</v>
+      </c>
+      <c r="B111" s="71">
+        <v>46118</v>
+      </c>
+      <c r="C111" s="72" t="s">
+        <v>208</v>
+      </c>
+      <c r="D111" s="73" t="s">
+        <v>89</v>
+      </c>
+      <c r="E111" s="4"/>
       <c r="F111" s="59"/>
-      <c r="G111" s="63"/>
+      <c r="G111" s="63" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="112" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="32" t="s">
-[...9 lines deleted...]
-        <v>3</v>
+      <c r="A112" s="36" t="s">
+        <v>31</v>
+      </c>
+      <c r="B112" s="74">
+        <v>46123</v>
+      </c>
+      <c r="C112" s="75" t="s">
+        <v>224</v>
+      </c>
+      <c r="D112" s="76" t="s">
+        <v>2</v>
       </c>
       <c r="E112" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F112" s="59"/>
       <c r="G112" s="63"/>
     </row>
     <row r="113" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A113" s="32" t="s">
-[...14 lines deleted...]
-      </c>
+      <c r="A113" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="B113" s="22">
+        <v>46123</v>
+      </c>
+      <c r="C113" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="E113" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F113" s="59"/>
       <c r="G113" s="63"/>
     </row>
     <row r="114" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A114" s="36" t="s">
-[...9 lines deleted...]
-        <v>2</v>
+      <c r="A114" s="30" t="s">
+        <v>34</v>
+      </c>
+      <c r="B114" s="28">
+        <v>46125</v>
+      </c>
+      <c r="C114" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="D114" s="3" t="s">
+        <v>3</v>
       </c>
       <c r="E114" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F114" s="59"/>
       <c r="G114" s="63"/>
     </row>
-    <row r="115" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E115" s="4"/>
+    <row r="115" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B115" s="28">
+        <v>46125</v>
+      </c>
+      <c r="C115" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="D115" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E115" s="4" t="s">
+        <v>33</v>
+      </c>
       <c r="F115" s="59"/>
-      <c r="G115" s="63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G115" s="63"/>
     </row>
     <row r="116" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A116" s="37" t="s">
-[...9 lines deleted...]
-        <v>2</v>
+      <c r="A116" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B116" s="28">
+        <v>46127</v>
+      </c>
+      <c r="C116" s="11" t="s">
+        <v>220</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>3</v>
       </c>
       <c r="E116" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F116" s="59"/>
       <c r="G116" s="63"/>
     </row>
     <row r="117" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A117" s="34" t="s">
-[...8 lines deleted...]
-      <c r="D117" s="5" t="s">
+      <c r="A117" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B117" s="29">
+        <v>46130</v>
+      </c>
+      <c r="C117" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D117" s="67" t="s">
         <v>8</v>
       </c>
       <c r="E117" s="4"/>
       <c r="F117" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G117" s="63"/>
     </row>
     <row r="118" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A118" s="36" t="s">
-[...9 lines deleted...]
-        <v>204</v>
+      <c r="A118" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="B118" s="28">
+        <v>46131</v>
+      </c>
+      <c r="C118" s="11" t="s">
+        <v>183</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>8</v>
       </c>
       <c r="E118" s="4"/>
       <c r="F118" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G118" s="63"/>
-      <c r="H118" s="51"/>
-[...12 lines deleted...]
-        <v>108</v>
+    </row>
+    <row r="119" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="55" t="s">
+        <v>52</v>
+      </c>
+      <c r="B119" s="71">
+        <v>46137</v>
+      </c>
+      <c r="C119" s="72" t="s">
+        <v>209</v>
+      </c>
+      <c r="D119" s="73" t="s">
+        <v>107</v>
       </c>
       <c r="E119" s="4"/>
       <c r="F119" s="59"/>
       <c r="G119" s="63" t="s">
         <v>33</v>
       </c>
+      <c r="H119" s="51"/>
     </row>
     <row r="120" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A120" s="54" t="s">
+      <c r="A120" s="36" t="s">
+        <v>31</v>
+      </c>
+      <c r="B120" s="74">
+        <v>46137</v>
+      </c>
+      <c r="C120" s="75" t="s">
+        <v>211</v>
+      </c>
+      <c r="D120" s="76" t="s">
+        <v>196</v>
+      </c>
+      <c r="E120" s="4"/>
+      <c r="F120" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G120" s="63"/>
+    </row>
+    <row r="121" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="54" t="s">
         <v>39</v>
       </c>
-      <c r="B120" s="27">
+      <c r="B121" s="27">
         <v>46137</v>
       </c>
-      <c r="C120" s="68" t="s">
-[...2 lines deleted...]
-      <c r="D120" s="10" t="s">
+      <c r="C121" s="68" t="s">
+        <v>140</v>
+      </c>
+      <c r="D121" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="E120" s="4" t="s">
-[...18 lines deleted...]
-      <c r="E121" s="4"/>
+      <c r="E121" s="4" t="s">
+        <v>33</v>
+      </c>
       <c r="F121" s="59"/>
-      <c r="G121" s="63" t="s">
-[...4 lines deleted...]
-      <c r="A122" s="36" t="s">
+      <c r="G121" s="63"/>
+    </row>
+    <row r="122" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="54" t="s">
+        <v>39</v>
+      </c>
+      <c r="B122" s="27">
+        <v>46137</v>
+      </c>
+      <c r="C122" s="68" t="s">
+        <v>131</v>
+      </c>
+      <c r="D122" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="E122" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F122" s="59"/>
+      <c r="G122" s="63"/>
+    </row>
+    <row r="123" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="54" t="s">
+        <v>39</v>
+      </c>
+      <c r="B123" s="27">
+        <v>46137</v>
+      </c>
+      <c r="C123" s="68" t="s">
+        <v>132</v>
+      </c>
+      <c r="D123" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="E123" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F123" s="59"/>
+      <c r="G123" s="63"/>
+    </row>
+    <row r="124" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="36" t="s">
         <v>31</v>
       </c>
-      <c r="B122" s="74">
-[...18 lines deleted...]
-      <c r="B123" s="74">
+      <c r="B124" s="74">
         <v>46138</v>
       </c>
-      <c r="C123" s="75" t="s">
-[...12 lines deleted...]
-      <c r="A124" s="30" t="s">
+      <c r="C124" s="75" t="s">
+        <v>212</v>
+      </c>
+      <c r="D124" s="76" t="s">
+        <v>196</v>
+      </c>
+      <c r="E124" s="4"/>
+      <c r="F124" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G124" s="63"/>
+    </row>
+    <row r="125" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="30" t="s">
         <v>34</v>
       </c>
-      <c r="B124" s="27">
+      <c r="B125" s="27">
         <v>46138</v>
       </c>
-      <c r="C124" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D124" s="10" t="s">
+      <c r="C125" s="9" t="s">
+        <v>122</v>
+      </c>
+      <c r="D125" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="E124" s="4" t="s">
-[...24 lines deleted...]
-      </c>
+      <c r="E125" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F125" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G125" s="63"/>
     </row>
     <row r="126" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A126" s="45" t="s">
-[...9 lines deleted...]
-        <v>3</v>
+      <c r="A126" s="54" t="s">
+        <v>39</v>
+      </c>
+      <c r="B126" s="27">
+        <v>46138</v>
+      </c>
+      <c r="C126" s="68" t="s">
+        <v>141</v>
+      </c>
+      <c r="D126" s="10" t="s">
+        <v>115</v>
       </c>
       <c r="E126" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F126" s="59"/>
       <c r="G126" s="63"/>
     </row>
-    <row r="127" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E127" s="4"/>
+    <row r="127" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="B127" s="58">
+        <v>46143</v>
+      </c>
+      <c r="C127" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D127" s="44" t="s">
+        <v>3</v>
+      </c>
+      <c r="E127" s="4" t="s">
+        <v>33</v>
+      </c>
       <c r="F127" s="59"/>
-      <c r="G127" s="63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G127" s="63"/>
     </row>
     <row r="128" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A128" s="54" t="s">
+      <c r="A128" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B128" s="29">
+        <v>46144</v>
+      </c>
+      <c r="C128" s="23" t="s">
+        <v>83</v>
+      </c>
+      <c r="D128" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="E128" s="4"/>
+      <c r="F128" s="59"/>
+      <c r="G128" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="54" t="s">
         <v>39</v>
       </c>
-      <c r="B128" s="27">
+      <c r="B129" s="27">
         <v>46145</v>
       </c>
-      <c r="C128" s="68" t="s">
-[...2 lines deleted...]
-      <c r="D128" s="10" t="s">
+      <c r="C129" s="68" t="s">
+        <v>121</v>
+      </c>
+      <c r="D129" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="E128" s="4" t="s">
-[...16 lines deleted...]
-      <c r="D129" s="3" t="s">
+      <c r="E129" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F129" s="59"/>
+      <c r="G129" s="63"/>
+      <c r="H129" s="51"/>
+    </row>
+    <row r="130" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B130" s="29">
+        <v>46151</v>
+      </c>
+      <c r="C130" s="23" t="s">
+        <v>184</v>
+      </c>
+      <c r="D130" s="8" t="s">
         <v>89</v>
-      </c>
-[...17 lines deleted...]
-        <v>5</v>
       </c>
       <c r="E130" s="4"/>
       <c r="F130" s="59"/>
       <c r="G130" s="63" t="s">
         <v>33</v>
       </c>
-      <c r="H130" s="51"/>
-[...12 lines deleted...]
-        <v>5</v>
+    </row>
+    <row r="131" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="36" t="s">
+        <v>31</v>
+      </c>
+      <c r="B131" s="74">
+        <v>46151</v>
+      </c>
+      <c r="C131" s="75" t="s">
+        <v>215</v>
+      </c>
+      <c r="D131" s="76" t="s">
+        <v>107</v>
       </c>
       <c r="E131" s="4"/>
       <c r="F131" s="59"/>
       <c r="G131" s="63" t="s">
         <v>33</v>
       </c>
+      <c r="H131" s="51"/>
     </row>
     <row r="132" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A132" s="30" t="s">
-        <v>34</v>
+      <c r="A132" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="B132" s="28">
-        <v>46165</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>46152</v>
+      </c>
+      <c r="C132" s="11" t="s">
+        <v>185</v>
+      </c>
+      <c r="D132" s="3" t="s">
+        <v>89</v>
       </c>
       <c r="E132" s="4"/>
       <c r="F132" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G132" s="63"/>
     </row>
-    <row r="133" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A133" s="34" t="s">
         <v>29</v>
       </c>
       <c r="B133" s="28">
-        <v>46179</v>
+        <v>46165</v>
       </c>
       <c r="C133" s="12" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>186</v>
+      </c>
+      <c r="D133" s="3" t="s">
+        <v>89</v>
       </c>
       <c r="E133" s="4"/>
       <c r="F133" s="59"/>
       <c r="G133" s="63" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="134" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A134" s="55" t="s">
-[...2 lines deleted...]
-      <c r="B134" s="71">
+      <c r="A134" s="30" t="s">
+        <v>34</v>
+      </c>
+      <c r="B134" s="28">
         <v>46165</v>
       </c>
-      <c r="C134" s="72" t="s">
-[...3 lines deleted...]
-        <v>89</v>
+      <c r="C134" s="12" t="s">
+        <v>76</v>
+      </c>
+      <c r="D134" s="5" t="s">
+        <v>4</v>
       </c>
       <c r="E134" s="4"/>
       <c r="F134" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G134" s="63"/>
     </row>
-    <row r="135" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-        <v>110</v>
+    <row r="135" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="55" t="s">
+        <v>52</v>
+      </c>
+      <c r="B135" s="71">
+        <v>46165</v>
+      </c>
+      <c r="C135" s="72" t="s">
+        <v>201</v>
+      </c>
+      <c r="D135" s="73" t="s">
+        <v>89</v>
       </c>
       <c r="E135" s="4"/>
-      <c r="F135" s="59"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F135" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G135" s="63"/>
     </row>
     <row r="136" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="30" t="s">
-        <v>34</v>
+      <c r="A136" s="33" t="s">
+        <v>36</v>
       </c>
       <c r="B136" s="29">
         <v>46166</v>
       </c>
-      <c r="C136" s="7" t="s">
+      <c r="C136" s="23" t="s">
+        <v>73</v>
+      </c>
+      <c r="D136" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="E136" s="4"/>
+      <c r="F136" s="59"/>
+      <c r="G136" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="30" t="s">
+        <v>34</v>
+      </c>
+      <c r="B137" s="29">
+        <v>46166</v>
+      </c>
+      <c r="C137" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="D136" s="8" t="s">
-[...21 lines deleted...]
-      <c r="E137" s="4"/>
+      <c r="D137" s="8" t="s">
+        <v>235</v>
+      </c>
+      <c r="E137" s="4" t="s">
+        <v>33</v>
+      </c>
       <c r="F137" s="59"/>
-      <c r="G137" s="63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G137" s="63"/>
     </row>
     <row r="138" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="54" t="s">
         <v>39</v>
       </c>
       <c r="B138" s="27">
         <v>46166</v>
       </c>
       <c r="C138" s="68" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="D138" s="10" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="E138" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F138" s="59"/>
       <c r="G138" s="63"/>
     </row>
-    <row r="139" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-        <v>44</v>
+    <row r="139" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B139" s="28">
+        <v>46172</v>
+      </c>
+      <c r="C139" s="12" t="s">
+        <v>187</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>5</v>
       </c>
       <c r="E139" s="4"/>
       <c r="F139" s="59"/>
       <c r="G139" s="63" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="140" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A140" s="32" t="s">
         <v>35</v>
       </c>
-      <c r="B140" s="27"/>
-[...4 lines deleted...]
-        <v>92</v>
+      <c r="B140" s="28">
+        <v>46173</v>
+      </c>
+      <c r="C140" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="D140" s="5" t="s">
+        <v>5</v>
       </c>
       <c r="E140" s="4"/>
       <c r="F140" s="59"/>
       <c r="G140" s="63" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="141" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A141" s="34" t="s">
+    <row r="141" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="B141" s="58">
+        <v>46178</v>
+      </c>
+      <c r="C141" s="21" t="s">
+        <v>163</v>
+      </c>
+      <c r="D141" s="44" t="s">
+        <v>3</v>
+      </c>
+      <c r="E141" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F141" s="59"/>
+      <c r="G141" s="63"/>
+    </row>
+    <row r="142" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="34" t="s">
         <v>29</v>
       </c>
-      <c r="B141" s="27"/>
-[...27 lines deleted...]
-      </c>
+      <c r="B142" s="28">
+        <v>46179</v>
+      </c>
+      <c r="C142" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D142" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E142" s="4"/>
       <c r="F142" s="59"/>
-      <c r="G142" s="63"/>
+      <c r="G142" s="63" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="143" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A143" s="36" t="s">
         <v>31</v>
       </c>
       <c r="B143" s="74">
         <v>46179</v>
       </c>
       <c r="C143" s="75" t="s">
         <v>78</v>
       </c>
       <c r="D143" s="76" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="E143" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F143" s="59"/>
       <c r="G143" s="63"/>
     </row>
-    <row r="144" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-        <v>112</v>
+    <row r="144" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="B144" s="28">
+        <v>46180</v>
+      </c>
+      <c r="C144" s="12" t="s">
+        <v>74</v>
+      </c>
+      <c r="D144" s="5" t="s">
+        <v>107</v>
       </c>
       <c r="E144" s="4"/>
       <c r="F144" s="59"/>
       <c r="G144" s="63" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="145" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A145" s="36" t="s">
-[...2 lines deleted...]
-      <c r="B145" s="74">
+      <c r="A145" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="B145" s="28">
         <v>46193</v>
       </c>
-      <c r="C145" s="75" t="s">
-[...3 lines deleted...]
-        <v>205</v>
+      <c r="C145" s="25" t="s">
+        <v>193</v>
+      </c>
+      <c r="D145" s="5" t="s">
+        <v>105</v>
       </c>
       <c r="E145" s="4"/>
-      <c r="F145" s="59" t="s">
-[...2 lines deleted...]
-      <c r="G145" s="63"/>
+      <c r="F145" s="59"/>
+      <c r="G145" s="63" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="146" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="36" t="s">
         <v>31</v>
       </c>
       <c r="B146" s="74">
-        <v>46194</v>
+        <v>46193</v>
       </c>
       <c r="C146" s="75" t="s">
-        <v>220</v>
+        <v>211</v>
       </c>
       <c r="D146" s="76" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="E146" s="4"/>
       <c r="F146" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G146" s="63"/>
     </row>
     <row r="147" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A147" s="56" t="s">
+      <c r="A147" s="36" t="s">
+        <v>31</v>
+      </c>
+      <c r="B147" s="74">
+        <v>46194</v>
+      </c>
+      <c r="C147" s="75" t="s">
+        <v>212</v>
+      </c>
+      <c r="D147" s="76" t="s">
+        <v>197</v>
+      </c>
+      <c r="E147" s="4"/>
+      <c r="F147" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G147" s="63"/>
+    </row>
+    <row r="148" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="56" t="s">
         <v>56</v>
       </c>
-      <c r="B147" s="26" t="s">
-[...16 lines deleted...]
-      <c r="B148" s="27"/>
+      <c r="B148" s="26" t="s">
+        <v>226</v>
+      </c>
       <c r="C148" s="9" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="E148" s="4"/>
+        <v>217</v>
+      </c>
+      <c r="D148" s="10"/>
+      <c r="E148" s="4" t="s">
+        <v>33</v>
+      </c>
       <c r="F148" s="59"/>
-      <c r="G148" s="63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G148" s="63"/>
     </row>
     <row r="149" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A149" s="31" t="s">
-[...7 lines deleted...]
-        <v>45</v>
+      <c r="A149" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="B149" s="27"/>
+      <c r="C149" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="D149" s="10" t="s">
+        <v>44</v>
       </c>
       <c r="E149" s="4"/>
-      <c r="F149" s="59" t="s">
-[...7 lines deleted...]
-        <v>35</v>
+      <c r="F149" s="59"/>
+      <c r="G149" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="B150" s="27"/>
       <c r="C150" s="9" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="D150" s="10" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="E150" s="4"/>
       <c r="F150" s="59"/>
       <c r="G150" s="63" t="s">
         <v>33</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B151" s="13"/>
+      <c r="H150" s="51"/>
+    </row>
+    <row r="151" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B151" s="27"/>
       <c r="C151" s="9" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>79</v>
+      </c>
+      <c r="D151" s="10" t="s">
+        <v>108</v>
       </c>
       <c r="E151" s="4"/>
       <c r="F151" s="59"/>
       <c r="G151" s="63" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="152" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B152" s="13"/>
+    <row r="152" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B152" s="27"/>
       <c r="C152" s="9" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>79</v>
+      </c>
+      <c r="D152" s="10" t="s">
+        <v>23</v>
       </c>
       <c r="E152" s="4"/>
       <c r="F152" s="59"/>
       <c r="G152" s="63" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="153" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-        <v>99</v>
+    <row r="153" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B153" s="26"/>
+      <c r="C153" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="D153" s="4" t="s">
+        <v>45</v>
       </c>
       <c r="E153" s="4"/>
-      <c r="F153" s="59"/>
-[...4 lines deleted...]
-    <row r="154" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F153" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G153" s="63"/>
+    </row>
+    <row r="154" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A154" s="32" t="s">
         <v>35</v>
       </c>
       <c r="B154" s="27"/>
       <c r="C154" s="9" t="s">
         <v>65</v>
       </c>
       <c r="D154" s="10" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="E154" s="4"/>
       <c r="F154" s="59"/>
       <c r="G154" s="63" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="155" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B155" s="27"/>
+    <row r="155" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="B155" s="13"/>
       <c r="C155" s="9" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>65</v>
+      </c>
+      <c r="D155" s="15" t="s">
+        <v>53</v>
       </c>
       <c r="E155" s="4"/>
       <c r="F155" s="59"/>
       <c r="G155" s="63" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="156" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B156" s="27"/>
+    <row r="156" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="B156" s="13"/>
       <c r="C156" s="9" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>65</v>
+      </c>
+      <c r="D156" s="15" t="s">
+        <v>93</v>
       </c>
       <c r="E156" s="4"/>
       <c r="F156" s="59"/>
       <c r="G156" s="63" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="157" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B157" s="13"/>
+    <row r="157" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B157" s="27"/>
       <c r="C157" s="9" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>65</v>
+      </c>
+      <c r="D157" s="10" t="s">
+        <v>98</v>
       </c>
       <c r="E157" s="4"/>
       <c r="F157" s="59"/>
       <c r="G157" s="63" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="158" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A158" s="36" t="s">
-[...7 lines deleted...]
-        <v>11</v>
+      <c r="A158" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B158" s="27"/>
+      <c r="C158" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D158" s="10" t="s">
+        <v>100</v>
       </c>
       <c r="E158" s="4"/>
-      <c r="F158" s="59" t="s">
-[...6 lines deleted...]
-        <v>35</v>
+      <c r="F158" s="59"/>
+      <c r="G158" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="B159" s="27"/>
       <c r="C159" s="9" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="D159" s="10" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="E159" s="4"/>
       <c r="F159" s="59"/>
       <c r="G159" s="63" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="160" spans="1:8" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>35</v>
+    <row r="160" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="B160" s="27"/>
       <c r="C160" s="9" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="D160" s="10" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="E160" s="4"/>
       <c r="F160" s="59"/>
       <c r="G160" s="63" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="161" spans="1:7" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A161" s="33" t="s">
         <v>36</v>
       </c>
       <c r="B161" s="13"/>
       <c r="C161" s="9" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="E161" s="4"/>
       <c r="F161" s="59"/>
       <c r="G161" s="63" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="162" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A162" s="32" t="s">
-[...7 lines deleted...]
-        <v>5</v>
+      <c r="A162" s="36" t="s">
+        <v>31</v>
+      </c>
+      <c r="B162" s="74"/>
+      <c r="C162" s="75" t="s">
+        <v>125</v>
+      </c>
+      <c r="D162" s="76" t="s">
+        <v>11</v>
       </c>
       <c r="E162" s="4"/>
       <c r="F162" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G162" s="63"/>
     </row>
-    <row r="163" spans="1:7" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B163" s="13"/>
+    <row r="163" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B163" s="27"/>
       <c r="C163" s="9" t="s">
         <v>65</v>
       </c>
       <c r="D163" s="10" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="E163" s="4"/>
       <c r="F163" s="59"/>
       <c r="G163" s="63" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="164" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A164" s="35" t="s">
-        <v>30</v>
+      <c r="A164" s="32" t="s">
+        <v>35</v>
       </c>
       <c r="B164" s="27"/>
       <c r="C164" s="9" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>65</v>
+      </c>
+      <c r="D164" s="10" t="s">
+        <v>61</v>
       </c>
       <c r="E164" s="4"/>
-      <c r="F164" s="59" t="s">
-[...6 lines deleted...]
-        <v>29</v>
+      <c r="F164" s="59"/>
+      <c r="G164" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="33" t="s">
+        <v>36</v>
       </c>
       <c r="B165" s="13"/>
       <c r="C165" s="9" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>65</v>
+      </c>
+      <c r="D165" s="15" t="s">
+        <v>88</v>
       </c>
       <c r="E165" s="4"/>
       <c r="F165" s="59"/>
       <c r="G165" s="63" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="166" spans="1:7" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A166" s="33" t="s">
+    <row r="166" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B166" s="22"/>
+      <c r="C166" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="D166" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E166" s="4"/>
+      <c r="F166" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G166" s="63"/>
+    </row>
+    <row r="167" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="33" t="s">
         <v>36</v>
       </c>
-      <c r="B166" s="13"/>
-      <c r="C166" s="9" t="s">
+      <c r="B167" s="13"/>
+      <c r="C167" s="9" t="s">
         <v>65</v>
       </c>
-      <c r="D166" s="10" t="s">
-[...17 lines deleted...]
-        <v>51</v>
+      <c r="D167" s="10" t="s">
+        <v>95</v>
       </c>
       <c r="E167" s="4"/>
-      <c r="F167" s="59" t="s">
-[...2 lines deleted...]
-      <c r="G167" s="63"/>
+      <c r="F167" s="59"/>
+      <c r="G167" s="63" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="168" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A168" s="31" t="s">
-[...7 lines deleted...]
-        <v>5</v>
+      <c r="A168" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="B168" s="27"/>
+      <c r="C168" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D168" s="15" t="s">
+        <v>47</v>
       </c>
       <c r="E168" s="4"/>
       <c r="F168" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G168" s="63"/>
     </row>
-    <row r="169" spans="1:7" ht="33" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-        <v>114</v>
+    <row r="169" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="B169" s="13"/>
+      <c r="C169" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D169" s="10" t="s">
+        <v>60</v>
       </c>
       <c r="E169" s="4"/>
       <c r="F169" s="59"/>
       <c r="G169" s="63" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="170" spans="1:7" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B170" s="27"/>
+    <row r="170" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="B170" s="13"/>
       <c r="C170" s="9" t="s">
         <v>65</v>
       </c>
       <c r="D170" s="10" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="E170" s="4"/>
       <c r="F170" s="59"/>
       <c r="G170" s="63" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="171" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A171" s="32" t="s">
-[...7 lines deleted...]
-        <v>144</v>
+      <c r="A171" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B171" s="26"/>
+      <c r="C171" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>51</v>
       </c>
       <c r="E171" s="4"/>
       <c r="F171" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G171" s="63"/>
     </row>
-    <row r="172" spans="1:7" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="D172" s="8" t="s">
+    <row r="172" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B172" s="26"/>
+      <c r="C172" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D172" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E172" s="4"/>
+      <c r="F172" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G172" s="63"/>
+    </row>
+    <row r="173" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="57" t="s">
+        <v>62</v>
+      </c>
+      <c r="B173" s="28"/>
+      <c r="C173" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D173" s="5" t="s">
         <v>110</v>
-      </c>
-[...15 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E173" s="4"/>
       <c r="F173" s="59"/>
       <c r="G173" s="63" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="174" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A174" s="31" t="s">
-[...7 lines deleted...]
-        <v>132</v>
+      <c r="A174" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="B174" s="27"/>
+      <c r="C174" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D174" s="10" t="s">
+        <v>98</v>
       </c>
       <c r="E174" s="4"/>
-      <c r="F174" s="59" t="s">
-[...13 lines deleted...]
-        <v>69</v>
+      <c r="F174" s="59"/>
+      <c r="G174" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B175" s="28"/>
+      <c r="C175" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>139</v>
       </c>
       <c r="E175" s="4"/>
-      <c r="F175" s="59"/>
-[...4 lines deleted...]
-    <row r="176" spans="1:7" ht="26.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F175" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G175" s="63"/>
+    </row>
+    <row r="176" spans="1:7" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A176" s="34" t="s">
         <v>29</v>
       </c>
-      <c r="B176" s="13"/>
-[...4 lines deleted...]
-        <v>70</v>
+      <c r="B176" s="29"/>
+      <c r="C176" s="23" t="s">
+        <v>109</v>
+      </c>
+      <c r="D176" s="8" t="s">
+        <v>107</v>
       </c>
       <c r="E176" s="4"/>
       <c r="F176" s="59"/>
       <c r="G176" s="63" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="177" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A177" s="31" t="s">
-[...6 lines deleted...]
-      <c r="D177" s="3"/>
+      <c r="A177" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B177" s="27"/>
+      <c r="C177" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D177" s="10" t="s">
+        <v>103</v>
+      </c>
       <c r="E177" s="4"/>
-      <c r="F177" s="59" t="s">
-[...4 lines deleted...]
-    <row r="178" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F177" s="59"/>
+      <c r="G177" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A178" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="B178" s="22"/>
-[...4 lines deleted...]
-        <v>7</v>
+      <c r="B178" s="26"/>
+      <c r="C178" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>128</v>
       </c>
       <c r="E178" s="4"/>
       <c r="F178" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G178" s="63"/>
     </row>
     <row r="179" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A179" s="54" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="A179" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="B179" s="13"/>
+      <c r="C179" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D179" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="E179" s="4"/>
       <c r="F179" s="59"/>
-      <c r="G179" s="63"/>
-[...10 lines deleted...]
-        <v>5</v>
+      <c r="G179" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="B180" s="13"/>
+      <c r="C180" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D180" s="10" t="s">
+        <v>70</v>
       </c>
       <c r="E180" s="4"/>
-      <c r="F180" s="59" t="s">
-[...3 lines deleted...]
-      <c r="H180" s="51"/>
+      <c r="F180" s="59"/>
+      <c r="G180" s="63" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="181" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A181" s="54" t="s">
-[...12 lines deleted...]
-      <c r="F181" s="59"/>
+      <c r="A181" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B181" s="22"/>
+      <c r="C181" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="D181" s="3"/>
+      <c r="E181" s="4"/>
+      <c r="F181" s="59" t="s">
+        <v>33</v>
+      </c>
       <c r="G181" s="63"/>
       <c r="H181" s="51"/>
     </row>
     <row r="182" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A182" s="54" t="s">
-[...12 lines deleted...]
-      <c r="F182" s="59"/>
+      <c r="A182" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B182" s="22"/>
+      <c r="C182" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="D182" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E182" s="4"/>
+      <c r="F182" s="59" t="s">
+        <v>33</v>
+      </c>
       <c r="G182" s="63"/>
       <c r="H182" s="51"/>
     </row>
-    <row r="183" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A183" s="54" t="s">
         <v>39</v>
       </c>
       <c r="B183" s="27"/>
       <c r="C183" s="68" t="s">
-        <v>226</v>
+        <v>142</v>
       </c>
       <c r="D183" s="10" t="s">
-        <v>227</v>
+        <v>133</v>
       </c>
       <c r="E183" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F183" s="59"/>
       <c r="G183" s="63"/>
+      <c r="H183" s="51"/>
     </row>
     <row r="184" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A184" s="54" t="s">
-[...12 lines deleted...]
-      <c r="F184" s="59"/>
+      <c r="A184" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B184" s="22"/>
+      <c r="C184" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="D184" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E184" s="4"/>
+      <c r="F184" s="59" t="s">
+        <v>33</v>
+      </c>
       <c r="G184" s="63"/>
     </row>
     <row r="185" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A185" s="54" t="s">
         <v>39</v>
       </c>
       <c r="B185" s="27"/>
       <c r="C185" s="68" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="D185" s="10" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="E185" s="4" t="s">
         <v>33</v>
       </c>
       <c r="F185" s="59"/>
       <c r="G185" s="63"/>
     </row>
     <row r="186" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A186" s="32" t="s">
+      <c r="A186" s="54" t="s">
+        <v>39</v>
+      </c>
+      <c r="B186" s="27"/>
+      <c r="C186" s="68" t="s">
+        <v>218</v>
+      </c>
+      <c r="D186" s="10" t="s">
+        <v>238</v>
+      </c>
+      <c r="E186" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F186" s="59"/>
+      <c r="G186" s="63"/>
+    </row>
+    <row r="187" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="32" t="s">
         <v>35</v>
       </c>
-      <c r="B186" s="22"/>
-[...11 lines deleted...]
-      <c r="A187" s="55" t="s">
+      <c r="B187" s="22"/>
+      <c r="C187" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D187" s="3"/>
+      <c r="E187" s="4"/>
+      <c r="F187" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G187" s="63"/>
+    </row>
+    <row r="188" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="55" t="s">
         <v>52</v>
       </c>
-      <c r="B187" s="71"/>
-[...20 lines deleted...]
-      </c>
+      <c r="B188" s="71"/>
+      <c r="C188" s="72" t="s">
+        <v>204</v>
+      </c>
+      <c r="D188" s="73"/>
       <c r="E188" s="4"/>
       <c r="F188" s="59"/>
       <c r="G188" s="63" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="189" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A189" s="53" t="s">
+      <c r="A189" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B189" s="64"/>
+      <c r="C189" s="65" t="s">
+        <v>87</v>
+      </c>
+      <c r="D189" s="66" t="s">
+        <v>88</v>
+      </c>
+      <c r="E189" s="4"/>
+      <c r="F189" s="59"/>
+      <c r="G189" s="63" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="53" t="s">
         <v>43</v>
       </c>
-      <c r="B189" s="22"/>
-[...3 lines deleted...]
-      <c r="D189" s="3" t="s">
+      <c r="B190" s="22"/>
+      <c r="C190" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D190" s="3" t="s">
         <v>11</v>
-      </c>
-[...15 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E190" s="4"/>
       <c r="F190" s="59" t="s">
         <v>33</v>
       </c>
       <c r="G190" s="63"/>
     </row>
-    <row r="191" spans="1:8" ht="20.100000000000001" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A191" s="35" t="s">
         <v>30</v>
       </c>
       <c r="B191" s="13"/>
       <c r="C191" s="9" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="D191" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E191" s="4"/>
-      <c r="F191" s="59"/>
-      <c r="G191" s="63" t="s">
+      <c r="F191" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G191" s="63"/>
+    </row>
+    <row r="192" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="B192" s="13"/>
+      <c r="C192" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D192" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="E192" s="4"/>
+      <c r="F192" s="59"/>
+      <c r="G192" s="63" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A15:G191" xr:uid="{00000000-0009-0000-0000-000000000000}">
-[...4 lines deleted...]
-      <sortCondition ref="B15:B191"/>
+  <autoFilter ref="A15:G192" xr:uid="{00000000-0009-0000-0000-000000000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A16:G192">
+      <sortCondition ref="B15:B192"/>
     </sortState>
   </autoFilter>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:G175">
-    <sortCondition ref="B4:B175"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:G176">
+    <sortCondition ref="B4:B176"/>
   </sortState>
   <mergeCells count="13">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A10:B10"/>
   </mergeCells>
   <phoneticPr fontId="20" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="70" fitToHeight="0" orientation="portrait" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="66" fitToHeight="0" orientation="portrait" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>